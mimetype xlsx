--- v0 (2025-11-06)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Details" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="520">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="523">
   <si>
     <t>Sr</t>
   </si>
   <si>
     <t>Item</t>
   </si>
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Pack Size</t>
   </si>
   <si>
     <t>Carton Size</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>ACEFORD 100MG TABLETS</t>
   </si>
   <si>
@@ -68,51 +68,51 @@
   <si>
     <t>AFN 57.75</t>
   </si>
   <si>
     <t>ARGINOL 2GM SACHET</t>
   </si>
   <si>
     <t>( L-arginine 2g )</t>
   </si>
   <si>
     <t>Sachets</t>
   </si>
   <si>
     <t>AFN 214.20</t>
   </si>
   <si>
     <t>ATTENTRA 10MG CAPUSLE</t>
   </si>
   <si>
     <t>( Atomoxetine 10mg )</t>
   </si>
   <si>
     <t>Capsules</t>
   </si>
   <si>
-    <t>AFN 153.51</t>
+    <t>AFN 155.20</t>
   </si>
   <si>
     <t>ATTENTRA 25MG CAPUSLE</t>
   </si>
   <si>
     <t>( Atomoxetine 25mg )</t>
   </si>
   <si>
     <t>AFN 253.23</t>
   </si>
   <si>
     <t>BAPEN 100MG CAPUSLE</t>
   </si>
   <si>
     <t>( Gabapentin (USP) ) 100mg</t>
   </si>
   <si>
     <t>AFN 0.56</t>
   </si>
   <si>
     <t>BAPEN 300MG CAPUSLE</t>
   </si>
   <si>
     <t>( Gabapentin (USP) ) 300mg</t>
   </si>
@@ -176,51 +176,51 @@
   <si>
     <t>CALGAE CAPUSLE</t>
   </si>
   <si>
     <t>( Vitamin D, Vitamin K, Calcium [Algae Calcium], Magnesium [Algae Calcium] )</t>
   </si>
   <si>
     <t>AFN 229.93</t>
   </si>
   <si>
     <t>CALOSIS-D TABLETS</t>
   </si>
   <si>
     <t>( Vitamin D3 (BP) 5000IU Vitamin K2 (USP) 90mcg )</t>
   </si>
   <si>
     <t>AFN 71.40</t>
   </si>
   <si>
     <t>CANDIZOL 150MG CAPUSLE</t>
   </si>
   <si>
     <t>( Fluconazole 150mg )</t>
   </si>
   <si>
-    <t>AFN 58.16</t>
+    <t>AFN 58.79</t>
   </si>
   <si>
     <t>CANDIZOL 200MG CAPUSLE</t>
   </si>
   <si>
     <t>( Fluconazole 200mg )</t>
   </si>
   <si>
     <t>CANDIZOL 50MG CAPUSLE</t>
   </si>
   <si>
     <t>( Fluconazole 50mg )</t>
   </si>
   <si>
     <t>CAVID 120ML SUSPENSION</t>
   </si>
   <si>
     <t>( Calcium (from Algae) 750mg Magnesium (from Algae) 65mg Vit D3 (BP) 1000IU )</t>
   </si>
   <si>
     <t>Suspension</t>
   </si>
   <si>
     <t>AFN 140.42</t>
   </si>
@@ -230,1377 +230,1386 @@
   <si>
     <t>( Calcium Supplement )</t>
   </si>
   <si>
     <t>AFN 142.80</t>
   </si>
   <si>
     <t>CECUL 1G INJECTION</t>
   </si>
   <si>
     <t>( Cefoperazone Sodium eq. to Cefoperazone (USP) 500mg Sulbactam Sodium eq. to Sulbactam (USP) 500mg )</t>
   </si>
   <si>
     <t>Injections</t>
   </si>
   <si>
     <t>AFN 97.58</t>
   </si>
   <si>
     <t>CECUL 2G INJECTION</t>
   </si>
   <si>
     <t>( Cefoperazone Sodium eq. to Cefoperazone (USP) 1g Sulbactam Sodium eq. to Sulbactam (USP) 1g )</t>
   </si>
   <si>
+    <t>CELERON 100MG CHEWABLE TABLETS</t>
+  </si>
+  <si>
+    <t>( Co enzyme Q10 (BP) 100mg )</t>
+  </si>
+  <si>
+    <t>Chewable Tablets</t>
+  </si>
+  <si>
+    <t>AFN 333.20</t>
+  </si>
+  <si>
+    <t>CELERON 50MG CHEWABLE TABLETS</t>
+  </si>
+  <si>
+    <t>( Co enzyme Q10 (BP) 50mg )</t>
+  </si>
+  <si>
+    <t>AFN 190.40</t>
+  </si>
+  <si>
+    <t>CELERON SR 120MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Co enzyme Q10 (BP) 120mg )</t>
+  </si>
+  <si>
+    <t>CELOX 100MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Celecoxib 100mg )</t>
+  </si>
+  <si>
+    <t>AFN 34.51</t>
+  </si>
+  <si>
+    <t>CETRALEX 100MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Setraline HCL ) 100mg</t>
+  </si>
+  <si>
+    <t>AFN 310.35</t>
+  </si>
+  <si>
+    <t>CETRALEX 50MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Sertraline HCL ) 50mg</t>
+  </si>
+  <si>
+    <t>AFN 322.73</t>
+  </si>
+  <si>
+    <t>CINROL 250MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Ciprofloxacin HCl (USP) 250mg )</t>
+  </si>
+  <si>
+    <t>AFN 52.36</t>
+  </si>
+  <si>
+    <t>CINROL 500MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Ciprofloxacin HCl (USP) 500mg )</t>
+  </si>
+  <si>
+    <t>AFN 83.30</t>
+  </si>
+  <si>
+    <t>CLIPSEL 100MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Lacosamide (BP) 100mg )</t>
+  </si>
+  <si>
+    <t>AFN 168.43</t>
+  </si>
+  <si>
+    <t>CLIPSEL 50MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Lacosamide (BP) 50mg )</t>
+  </si>
+  <si>
+    <t>AFN 116.62</t>
+  </si>
+  <si>
+    <t>CLOSIUM SACHET</t>
+  </si>
+  <si>
+    <t>( Bifidobacterium Bifidum 0.5 Billion CFU Clostridium Butyricum 0.5 Billion CFU )</t>
+  </si>
+  <si>
+    <t>CODOPA 25+100MG TABLET</t>
+  </si>
+  <si>
+    <t>( Carbidopa 25mg + Levodopa 100mg )</t>
+  </si>
+  <si>
+    <t>AFN 72.11</t>
+  </si>
+  <si>
+    <t>CODOPA 25+250MG TABLET</t>
+  </si>
+  <si>
+    <t>( Carbidopa 25mg + Levodopa 250mg )</t>
+  </si>
+  <si>
+    <t>AFN 404.60</t>
+  </si>
+  <si>
+    <t>CONTIFLO 0.4MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Tamsulosin ) HCL 0.4mg</t>
+  </si>
+  <si>
+    <t>AFN 238.00</t>
+  </si>
+  <si>
+    <t>DEURIC 40MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Febuxostat 40mg )</t>
+  </si>
+  <si>
+    <t>AFN 133.28</t>
+  </si>
+  <si>
+    <t>DEURIC 80MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Febuxostat 80mg )</t>
+  </si>
+  <si>
+    <t>DEVENDA 250MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Levetiracetam 250mg )</t>
+  </si>
+  <si>
+    <t>AFN 321.30</t>
+  </si>
+  <si>
+    <t>DEVENDA 500MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Levetiracetam 500mg )</t>
+  </si>
+  <si>
+    <t>AFN 485.52</t>
+  </si>
+  <si>
+    <t>DEVENDA INJECTION</t>
+  </si>
+  <si>
+    <t>AFN 113.84</t>
+  </si>
+  <si>
+    <t>DOBALTA 20MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Duloxetine Hydrochloride 20mg )</t>
+  </si>
+  <si>
+    <t>AFN 141.48</t>
+  </si>
+  <si>
+    <t>DOBALTA 30MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Duloxetine Hydrochloride 30mg )</t>
+  </si>
+  <si>
+    <t>AFN 216.58</t>
+  </si>
+  <si>
+    <t>DOBALTA 60MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Duloxetine Hydrochloride 60mg )</t>
+  </si>
+  <si>
+    <t>AFN 149.94</t>
+  </si>
+  <si>
+    <t>DONEP 10MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Donepezil HCl (USP) 10mg )</t>
+  </si>
+  <si>
+    <t>AFN 199.92</t>
+  </si>
+  <si>
+    <t>DONEP 5MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Donepezil HCl (USP) 5mg )</t>
+  </si>
+  <si>
+    <t>AFN 138.04</t>
+  </si>
+  <si>
+    <t>EFXONE 1G INJECTION</t>
+  </si>
+  <si>
+    <t>( Ceftriaxone )</t>
+  </si>
+  <si>
+    <t>EFXONE 250MG I.V INJECTION</t>
+  </si>
+  <si>
+    <t>(Ceftriaxone 250mg )</t>
+  </si>
+  <si>
+    <t>AFN 31.42</t>
+  </si>
+  <si>
+    <t>EFXONE 500MG INJECTION</t>
+  </si>
+  <si>
+    <t>AFN 42.36</t>
+  </si>
+  <si>
+    <t>EMHART 10/160MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Amlodipine 10mg Valsartan 160mg )</t>
+  </si>
+  <si>
+    <t>EMHART 5/80MG TABLETS</t>
+  </si>
+  <si>
+    <t>(Amlodipine 5mg Valsartan 80mg )</t>
+  </si>
+  <si>
+    <t>AFN 87.58</t>
+  </si>
+  <si>
+    <t>EMHART 5MG/160MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Amlodipine 5mg Valsartan 160mg )</t>
+  </si>
+  <si>
+    <t>EZEGUT 5ML DROPS</t>
+  </si>
+  <si>
+    <t>( Lactobacillus, probiotics )</t>
+  </si>
+  <si>
+    <t>Drops</t>
+  </si>
+  <si>
+    <t>AFN 257.04</t>
+  </si>
+  <si>
+    <t>GELDA 500MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>Acetyl L-carnitine 500mg</t>
+  </si>
+  <si>
+    <t>AFN 499.80</t>
+  </si>
+  <si>
+    <t>GENCATE 25MG DEPOT INJECTION</t>
+  </si>
+  <si>
+    <t>( Fluphenazine decanoate )</t>
+  </si>
+  <si>
+    <t>AFN 26.06</t>
+  </si>
+  <si>
+    <t>GENCELOX 100MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Celecoxib )</t>
+  </si>
+  <si>
+    <t>AFN 113.05</t>
+  </si>
+  <si>
+    <t>GENCELOX 200MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>AFN 88.77</t>
+  </si>
+  <si>
+    <t>GENFLOR SACHET</t>
+  </si>
+  <si>
+    <t>( Sodium Sesquihydrate )</t>
+  </si>
+  <si>
+    <t>AFN 152.32</t>
+  </si>
+  <si>
+    <t>GENGIN 120ML SYRUP</t>
+  </si>
+  <si>
+    <t>( Ginkgo Biloba Extract Sugar Free Syrup )</t>
+  </si>
+  <si>
+    <t>AFN 135.66</t>
+  </si>
+  <si>
+    <t>GENOPRA DR 20MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Pantoprazole Sodium Sesquihydrate 20mg )</t>
+  </si>
+  <si>
+    <t>AFN 69.50</t>
+  </si>
+  <si>
+    <t>GENOPRA DR 40MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Pantoprazole Sodium Sesquihydrate 40mg )</t>
+  </si>
+  <si>
+    <t>AFN 106.62</t>
+  </si>
+  <si>
+    <t>GENXONE 1G I.V INJECTION</t>
+  </si>
+  <si>
+    <t>( Ceftriaxone Sodium 1g )</t>
+  </si>
+  <si>
+    <t>GENXONE 500MG IM INJECTION</t>
+  </si>
+  <si>
+    <t>( Ceftriaxone Sodium 500mg )</t>
+  </si>
+  <si>
+    <t>AFN 64.26</t>
+  </si>
+  <si>
+    <t>GEOXIT 20MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Fluoxetine HCl 20mg )</t>
+  </si>
+  <si>
+    <t>AFN 27.75</t>
+  </si>
+  <si>
+    <t>GLOBIGEN 100MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Poly Maltose Complex )</t>
+  </si>
+  <si>
+    <t>AFN 73.15</t>
+  </si>
+  <si>
+    <t>GLOBIGEN 120ML SYRUP</t>
+  </si>
+  <si>
+    <t>AFN 76.16</t>
+  </si>
+  <si>
+    <t>GLYCON-M 100MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Sitagliptin | Metformin )</t>
+  </si>
+  <si>
+    <t>AFN 140.28</t>
+  </si>
+  <si>
+    <t>GLYCON-M 50MG TABLETS</t>
+  </si>
+  <si>
+    <t>GLYCON-M 50MG/1000MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Sitagliptin 50mg + Metformin 1000mg )</t>
+  </si>
+  <si>
+    <t>AFN 123.28</t>
+  </si>
+  <si>
+    <t>GLYCON-M 50MG/500MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Sitagliptin 50mg + Metformin 500mg )</t>
+  </si>
+  <si>
+    <t>AFN 124.64</t>
+  </si>
+  <si>
+    <t>HEPATEC 120ML SYRUP</t>
+  </si>
+  <si>
+    <t>L-Ornithine L-Aspartate 300mg Nicotinamide (BP) 24mg Riboflavin Sodium Phosphate (BP) 0.76mg</t>
+  </si>
+  <si>
+    <t>AFN 114.24</t>
+  </si>
+  <si>
+    <t>HEPATEC SACHET</t>
+  </si>
+  <si>
+    <t>(L-Ornithine L-Aspartate 3g)</t>
+  </si>
+  <si>
+    <t>AFN 172.55</t>
+  </si>
+  <si>
+    <t>INSTACID 20MG/1100MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Omeprazole 20mg Sodium Bicarbonate 1100mg )</t>
+  </si>
+  <si>
+    <t>AFN 58.74</t>
+  </si>
+  <si>
+    <t>INSTACID 40MG/1100MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Omeprazole 40mg Sodium Bicarbonate 1100mg )</t>
+  </si>
+  <si>
+    <t>AFN 52.12</t>
+  </si>
+  <si>
+    <t>INTELGESIC 8MG TABLETS</t>
+  </si>
+  <si>
+    <t>(Lornoxicam 8mg )</t>
+  </si>
+  <si>
+    <t>KEFXIM 100MG/30ML SUSPENSION</t>
+  </si>
+  <si>
+    <t>( Cefixime (USP) ) 100mg</t>
+  </si>
+  <si>
+    <t>AFN 48.79</t>
+  </si>
+  <si>
+    <t>KEFXIM DS 200MG/30ML SUSPENSION</t>
+  </si>
+  <si>
+    <t>( Cefixime (USP) ) 200mg</t>
+  </si>
+  <si>
+    <t>AFN 59.74</t>
+  </si>
+  <si>
+    <t>KEPLIN 15MG TABLETS</t>
+  </si>
+  <si>
+    <t>( L-Methylfolate )</t>
+  </si>
+  <si>
+    <t>AFN 273.70</t>
+  </si>
+  <si>
+    <t>KEPLIN 7.5MG TABLETS</t>
+  </si>
+  <si>
+    <t>AFN 154.70</t>
+  </si>
+  <si>
+    <t>LACTEEZE 20ML DROPS</t>
+  </si>
+  <si>
+    <t>( Lactase enzyme )</t>
+  </si>
+  <si>
+    <t>LACTEEZE TABLETS</t>
+  </si>
+  <si>
+    <t>LAMITOR 100MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Lamotrigine )100mg</t>
+  </si>
+  <si>
+    <t>AFN 207.06</t>
+  </si>
+  <si>
+    <t>LAMITOR 200MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Lamotrigine 200MG )</t>
+  </si>
+  <si>
+    <t>AFN 292.74</t>
+  </si>
+  <si>
+    <t>LAMITOR 25MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Lamotrigine )25mg</t>
+  </si>
+  <si>
+    <t>AFN 126.99</t>
+  </si>
+  <si>
+    <t>LAMITOR 50MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Lamotrigine )50mg</t>
+  </si>
+  <si>
+    <t>AFN 167.79</t>
+  </si>
+  <si>
+    <t>LEDUTAL 80MG TABLET</t>
+  </si>
+  <si>
+    <t>( Lurasidone HCI 80mg )</t>
+  </si>
+  <si>
+    <t>LENZEU 30MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Dexlansoprazole )</t>
+  </si>
+  <si>
+    <t>AFN 178.50</t>
+  </si>
+  <si>
+    <t>LENZEU 60MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>AFN 278.46</t>
+  </si>
+  <si>
+    <t>LEPSI 100MG/ML O/S SYP (60ML)</t>
+  </si>
+  <si>
+    <t>( Levetiracetam )</t>
+  </si>
+  <si>
+    <t>AFN 171.36</t>
+  </si>
+  <si>
+    <t>LEPSI 250MG TABLETS</t>
+  </si>
+  <si>
+    <t>LEPSI 500MG TABLETS</t>
+  </si>
+  <si>
+    <t>AFN 474.10</t>
+  </si>
+  <si>
+    <t>LEXAPRAM 20MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Citalopram HBr )</t>
+  </si>
+  <si>
+    <t>LIBS CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Lactobacillus Plantarum 299v )</t>
+  </si>
+  <si>
+    <t>AFN 261.80</t>
+  </si>
+  <si>
+    <t>LIMIGZOL 2.5MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Zolmitriptan )</t>
+  </si>
+  <si>
+    <t>LINGAB 100MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Pregabalin )</t>
+  </si>
+  <si>
+    <t>AFN 185.64</t>
+  </si>
+  <si>
+    <t>LINGAB 150MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>AFN 204.68</t>
+  </si>
+  <si>
+    <t>LINGAB 25MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>AFN 79.97</t>
+  </si>
+  <si>
+    <t>LINGAB 300MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>AFN 249.90</t>
+  </si>
+  <si>
+    <t>LINGAB 50MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>AFN 159.94</t>
+  </si>
+  <si>
+    <t>LINGAB 75MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>AFN 161.84</t>
+  </si>
+  <si>
+    <t>MEBECOL SR 200MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Mobeverine ) HCL 200mg</t>
+  </si>
+  <si>
+    <t>AFN 285.60</t>
+  </si>
+  <si>
+    <t>MECOGEN SL 1000MCG TABLETS</t>
+  </si>
+  <si>
+    <t>( Mecobalamin1000mcg )</t>
+  </si>
+  <si>
+    <t>AFN 241.52</t>
+  </si>
+  <si>
+    <t>MECOGEN SL 500MCG TABLETS</t>
+  </si>
+  <si>
+    <t>AFN 157.08</t>
+  </si>
+  <si>
+    <t>MONBERTA 10MG TABLET</t>
+  </si>
+  <si>
+    <t>( )</t>
+  </si>
+  <si>
+    <t>MYOLAX 4MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Thiocolchicoside ) 4mg</t>
+  </si>
+  <si>
+    <t>AFN 180.88</t>
+  </si>
+  <si>
+    <t>MYOLAX 4MG/2ML INJECTION</t>
+  </si>
+  <si>
+    <t>( Thiocolchicoside ) 4mg/2ml</t>
+  </si>
+  <si>
+    <t>AFN 168.03</t>
+  </si>
+  <si>
+    <t>NAPSUM 85+500MG TABLET</t>
+  </si>
+  <si>
+    <t>( Sumatriptan 85mg + Naproxen Sodium 500mg )</t>
+  </si>
+  <si>
+    <t>NASSA 15MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Mirtazapine USP ) 15mg</t>
+  </si>
+  <si>
+    <t>NASSA 30MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Mirtazapine USP ) 30mg</t>
+  </si>
+  <si>
+    <t>AFN 309.40</t>
+  </si>
+  <si>
+    <t>NAVILOX 400MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Moxifloxacin )</t>
+  </si>
+  <si>
+    <t>AFN 126.32</t>
+  </si>
+  <si>
+    <t>NEOLEPRA 5MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Olanzapine 5mg )</t>
+  </si>
+  <si>
+    <t>AFN 41.03</t>
+  </si>
+  <si>
+    <t>NEOLEPRA 10MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Olanzapine 10mg )</t>
+  </si>
+  <si>
+    <t>AFN 72.41</t>
+  </si>
+  <si>
+    <t>NEOLEPRA-F 12/25MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( fluoxetine and olanzapine )</t>
+  </si>
+  <si>
+    <t>NEOLEPRA-F 3/25MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>AFN 129.93</t>
+  </si>
+  <si>
+    <t>NEOLEPRA-F 6/25MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>AFN 217.90</t>
+  </si>
+  <si>
+    <t>NESOGEN 20MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Esomeprazol ) 20mg</t>
+  </si>
+  <si>
+    <t>NESOGEN 40MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Esomeprazol ) 40mg</t>
+  </si>
+  <si>
+    <t>AFN 139.94</t>
+  </si>
+  <si>
+    <t>NOROGEN TABLETS</t>
+  </si>
+  <si>
+    <t>NOROGEN TAB</t>
+  </si>
+  <si>
+    <t>OLEPRA 10MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Olanzapine )</t>
+  </si>
+  <si>
+    <t>AFN 69.68</t>
+  </si>
+  <si>
+    <t>OLEPRA 5MG TABLETS</t>
+  </si>
+  <si>
+    <t>AFN 39.49</t>
+  </si>
+  <si>
+    <t>OMNI KIDS 120ML SYRUP</t>
+  </si>
+  <si>
+    <t>( Multivitamin/Mineral (USA0 )</t>
+  </si>
+  <si>
+    <t>AFN 69.02</t>
+  </si>
+  <si>
+    <t>OMNI MTVM TABLETS</t>
+  </si>
+  <si>
+    <t>( Multivitamin/Mineral(USA) )</t>
+  </si>
+  <si>
+    <t>ORSIFLOR -Z SACHET</t>
+  </si>
+  <si>
+    <t>( Boulardii 3.5 Billion CFU Zinc 10mg Low osmolarity )</t>
+  </si>
+  <si>
+    <t>PAROMAX 20MG TABLETS</t>
+  </si>
+  <si>
+    <t>( paroxetine )</t>
+  </si>
+  <si>
+    <t>AFN 128.52</t>
+  </si>
+  <si>
+    <t>PAROMAX CR 12.5MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Paroxetine Hydrochloride USP )</t>
+  </si>
+  <si>
+    <t>AFN 264.18</t>
+  </si>
+  <si>
+    <t>PAROMAX CR 25MG TABLETS</t>
+  </si>
+  <si>
+    <t>Paroxetine USP (as Hydrochloride Hemihydrate) 25mg</t>
+  </si>
+  <si>
+    <t>AFN 385.56</t>
+  </si>
+  <si>
+    <t>PAROMAX CR 37.5MG TABLETS</t>
+  </si>
+  <si>
+    <t>Paroxetine USP (as Hydrochloride Hemihydrate) 37.5mg</t>
+  </si>
+  <si>
+    <t>AFN 428.40</t>
+  </si>
+  <si>
+    <t>PAROXOGEN 20MG TABLET</t>
+  </si>
+  <si>
+    <t>( Paroxetine HCl 20mg )</t>
+  </si>
+  <si>
+    <t>PENFORS 1G IV INJECTION</t>
+  </si>
+  <si>
+    <t>PENFORS 500MG IV INJECTION</t>
+  </si>
+  <si>
+    <t>PEQUIT 100MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Quetiapine Fumarate USP )100mg</t>
+  </si>
+  <si>
+    <t>AFN 345.10</t>
+  </si>
+  <si>
+    <t>PEQUIT 25MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Quetiapine Fumarate USP )25mg</t>
+  </si>
+  <si>
+    <t>AFN 139.23</t>
+  </si>
+  <si>
+    <t>PEQUIT XR 150MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Quetiapine Fumarate USP )150mg</t>
+  </si>
+  <si>
+    <t>AFN 395.56</t>
+  </si>
+  <si>
+    <t>PEQUIT XR 200MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Quetiapine Fumarate USP )200mg</t>
+  </si>
+  <si>
+    <t>PEQUIT XR 300MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Quetiapine Fumarate USP )300mg</t>
+  </si>
+  <si>
+    <t>AFN 414.12</t>
+  </si>
+  <si>
+    <t>PREQUEL 100MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Quetiapine 100 MG)</t>
+  </si>
+  <si>
+    <t>AFN 102.34</t>
+  </si>
+  <si>
+    <t>PREQUEL 25MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Quetiapine ) 25mg</t>
+  </si>
+  <si>
+    <t>PREQUEL XR 200MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Quetiapine 200mg )</t>
+  </si>
+  <si>
+    <t>PREQUEL XR 300MG TAB</t>
+  </si>
+  <si>
+    <t>( Quetiapine 300mg )</t>
+  </si>
+  <si>
+    <t>PREUS 120ML SYRUP</t>
+  </si>
+  <si>
+    <t>( Pelargonium Sidoides Dry root extract (B.P) 12.5mg )</t>
+  </si>
+  <si>
+    <t>AFN 66.64</t>
+  </si>
+  <si>
+    <t>PRIDEGEX 50MG TABLET</t>
+  </si>
+  <si>
+    <t>(Itopride Hydrochloride)</t>
+  </si>
+  <si>
+    <t>AFN 65.03</t>
+  </si>
+  <si>
+    <t>PRIDOGEN 25MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Levosulpiride )</t>
+  </si>
+  <si>
+    <t>AFN 42.84</t>
+  </si>
+  <si>
+    <t>PRIDOGEN 50MG TABLETS</t>
+  </si>
+  <si>
+    <t>AFN 119.00</t>
+  </si>
+  <si>
+    <t>PROFY 10MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Aripiprazole )</t>
+  </si>
+  <si>
+    <t>AFN 74.56</t>
+  </si>
+  <si>
+    <t>PROFY 15MG TABLETS</t>
+  </si>
+  <si>
+    <t>AFN 92.91</t>
+  </si>
+  <si>
+    <t>PROLEXA 10MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Escitalopram 10mg )</t>
+  </si>
+  <si>
+    <t>AFN 242.76</t>
+  </si>
+  <si>
+    <t>PROLEXA 20MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Escitalopram )</t>
+  </si>
+  <si>
+    <t>AFN 183.26</t>
+  </si>
+  <si>
+    <t>PROLEXA 5MG TABLETS</t>
+  </si>
+  <si>
+    <t>PROLEXA O/S 30ML SYRUP</t>
+  </si>
+  <si>
+    <t>AFN 137.56</t>
+  </si>
+  <si>
+    <t>RABIXIN 20MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Rabeprazole )</t>
+  </si>
+  <si>
+    <t>RAOLTA ER 500MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Ranolazine )</t>
+  </si>
+  <si>
+    <t>AFN 76.64</t>
+  </si>
+  <si>
+    <t>REGEN CAPUSLE</t>
+  </si>
+  <si>
+    <t>REGEN CAP</t>
+  </si>
+  <si>
+    <t>ROMEGA 200ML SYRUP</t>
+  </si>
+  <si>
+    <t>( Calories 28 Calories From Fat 0 Sugar 4g Sodium 2mg Total Carbohydrate 6g Protein &lt;1g DHA 300mg EPA 150mg Total Omega-3 Fatty Acids 600mg Vitamin A 400mcg Vitamin C 50mg Vitamin D 5mcg Vitamin E 3mg )</t>
+  </si>
+  <si>
+    <t>ROMEGA CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Omega-3 )</t>
+  </si>
+  <si>
+    <t>AFN 523.60</t>
+  </si>
+  <si>
+    <t>ROSUGEN 10MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Rosuvastatin ) 10mg</t>
+  </si>
+  <si>
+    <t>AFN 80.92</t>
+  </si>
+  <si>
+    <t>ROSUGEN 20MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Rosuvastatin ) 20mg</t>
+  </si>
+  <si>
+    <t>AFN 107.10</t>
+  </si>
+  <si>
+    <t>ROSUGEN 5MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Rosuvastatin ) 5mg</t>
+  </si>
+  <si>
+    <t>ROXABAN 10MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Rivaroxaban )</t>
+  </si>
+  <si>
+    <t>ROXABAN 15MG TABLETS</t>
+  </si>
+  <si>
+    <t>ROXABAN 20MG TABLETS</t>
+  </si>
+  <si>
+    <t>SENGO 400MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Ginkgo Biloba Extract (BP) eq to dried Herb 800mg Ginseng Extract (BP) eq to Dried Herb 400mg )</t>
+  </si>
+  <si>
+    <t>STEROL-D SOFT GEL CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Vitamin D3 200000IU )</t>
+  </si>
+  <si>
+    <t>AFN 54.74</t>
+  </si>
+  <si>
+    <t>STEROL-D 400IU / 20ML DROPS</t>
+  </si>
+  <si>
+    <t>( Vitamin D3 (Cholecalciferol) BP 400IU )</t>
+  </si>
+  <si>
     <t>AFN 130.90</t>
   </si>
   <si>
-    <t>CELERON 100MG CHEWABLE TABLETS</t>
-[...74 lines deleted...]
-    <t>( Lacosamide (BP) 100mg )</t>
+    <t>( Vitamin D3 5000IU )</t>
+  </si>
+  <si>
+    <t>AFN 121.02</t>
+  </si>
+  <si>
+    <t>STEROL-D STAT SOFT GEL CAPUSLE</t>
+  </si>
+  <si>
+    <t>STOMDEX 30MG CAPSULES</t>
+  </si>
+  <si>
+    <t>AFN 188.50</t>
+  </si>
+  <si>
+    <t>STOMDEX 60MG CAPSULES</t>
+  </si>
+  <si>
+    <t>STRESAM 50MG CAPUSLE</t>
+  </si>
+  <si>
+    <t>STRESAM 50MG CAP</t>
+  </si>
+  <si>
+    <t>TAZIPERA 4.5MG IV INJECTION</t>
+  </si>
+  <si>
+    <t>TERMIGEN 250MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Lovoflaxacin )</t>
+  </si>
+  <si>
+    <t>AFN 72.19</t>
+  </si>
+  <si>
+    <t>TERMIGEN 500MG TABLETS</t>
+  </si>
+  <si>
+    <t>AFN 95.20</t>
+  </si>
+  <si>
+    <t>TOPAGEN 100MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Topiramate )</t>
+  </si>
+  <si>
+    <t>AFN 856.80</t>
+  </si>
+  <si>
+    <t>TOPAGEN 25MG TABLETS</t>
+  </si>
+  <si>
+    <t>AFN 483.14</t>
+  </si>
+  <si>
+    <t>TOPAGEN 50MG TABLETS</t>
+  </si>
+  <si>
+    <t>AFN 685.44</t>
+  </si>
+  <si>
+    <t>TRAMPOL 37.5MG/325MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Tramadol HCl 37.5mg Paracetamol 325mg)</t>
+  </si>
+  <si>
+    <t>AFN 42.33</t>
+  </si>
+  <si>
+    <t>TREVOX 1G INJECTION</t>
+  </si>
+  <si>
+    <t>( Cefepime )</t>
+  </si>
+  <si>
+    <t>AFN 188.02</t>
+  </si>
+  <si>
+    <t>TREVOX 500MG INJECTION</t>
+  </si>
+  <si>
+    <t>ULTRAFOL 600MCG CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Quatrefolic )</t>
+  </si>
+  <si>
+    <t>UROBIOL CAPUSLE</t>
+  </si>
+  <si>
+    <t>( Lactobacillus Aciduphilus 2 Billion CFU Lactobacillus Reuteri 2 Billion CFU Lactobacillus Rhamnosus 2 Billion CFU Bifidobacterium Bifidum 1 Billion CFU Bifidobacterium Lactis 1 Billion CFU Cranberry 20mg Vitamin C 10mg )</t>
+  </si>
+  <si>
+    <t>AFN 262.20</t>
+  </si>
+  <si>
+    <t>UROCRAN SACHET</t>
+  </si>
+  <si>
+    <t>( Cranberry extract )</t>
+  </si>
+  <si>
+    <t>AFN 117.81</t>
+  </si>
+  <si>
+    <t>VENADEX ER 100MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Desvenlafaxine )</t>
+  </si>
+  <si>
+    <t>VENADEX ER 50MG TABLETS</t>
+  </si>
+  <si>
+    <t>VENDEP 37.5MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Venlafaxine HCl )</t>
+  </si>
+  <si>
+    <t>VENDEP 50MG TABLETS</t>
+  </si>
+  <si>
+    <t>VENDEP XR-75MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Venlafaxine )</t>
   </si>
   <si>
     <t>AFN 166.60</t>
   </si>
   <si>
-    <t>CLIPSEL 50MG TABLETS</t>
-[...1117 lines deleted...]
-  <si>
     <t>VEPRIDONE 1MG ODT TABLETS</t>
   </si>
   <si>
     <t>( Risperidone )</t>
   </si>
   <si>
     <t>AFN 45.25</t>
   </si>
   <si>
     <t>VEPRIDONE 1MG TABLETS</t>
   </si>
   <si>
     <t>AFN 99.01</t>
   </si>
   <si>
     <t>VEPRIDONE 2MG ODT TABLETS</t>
   </si>
   <si>
     <t>AFN 83.91</t>
   </si>
   <si>
     <t>VEPRIDONE 2MG TABLETS</t>
   </si>
   <si>
     <t>AFN 173.57</t>
   </si>
   <si>
     <t>VEPRIDONE 3MG TABLETS</t>
   </si>
   <si>
     <t>AFN 249.56</t>
   </si>
   <si>
     <t>VEPRIDONE 4MG TABLETS</t>
   </si>
   <si>
-    <t>AFN 287.98</t>
+    <t>AFN 291.15</t>
   </si>
   <si>
     <t>VEPRIDONE 60ML O/S SYRUP</t>
   </si>
   <si>
     <t>VERGO 16MG TABLETS</t>
   </si>
   <si>
     <t>( Betahistine )</t>
   </si>
   <si>
     <t>AFN 191.59</t>
   </si>
   <si>
     <t>VERGO 8MG TABLETS</t>
   </si>
   <si>
     <t>AFN 115.43</t>
   </si>
   <si>
     <t>VINHER 10MG TABLET</t>
   </si>
   <si>
     <t>( Vonoprazan 10mg )</t>
   </si>
   <si>
     <t>AFN 85.68</t>
   </si>
   <si>
     <t>VINHER 20MG TABLET</t>
   </si>
   <si>
     <t>( Vonoprazan 20mg )</t>
   </si>
   <si>
     <t>XEPEX 20MG TABLETS</t>
   </si>
   <si>
     <t>( Ziprasidone 20mg )</t>
   </si>
   <si>
     <t>XEPEX 40MG TABLETS</t>
   </si>
   <si>
     <t>( Ziprasidone 40)</t>
   </si>
   <si>
-    <t>AFN 199.92</t>
-[...1 lines deleted...]
-  <si>
     <t>XEPEX 60MG TABLETS</t>
   </si>
   <si>
     <t>( Ziprasidone 60mg )</t>
   </si>
   <si>
     <t>AFN 380.80</t>
   </si>
   <si>
     <t>ZANDILEX 2MG TABLETS</t>
   </si>
   <si>
     <t>( Tizanidine 2mg )</t>
   </si>
   <si>
-    <t>AFN 42.06</t>
+    <t>AFN 60.15</t>
   </si>
   <si>
     <t>ZANDILEX 4MG TABLETS</t>
   </si>
   <si>
     <t>( Tizanidine 4mg )</t>
   </si>
   <si>
+    <t>AFN 84.22</t>
+  </si>
+  <si>
     <t>ZITHROLIDE 250MG CAPUSLE</t>
   </si>
   <si>
-    <t>( Azithromycin Dihydrate )250mg</t>
-[...2 lines deleted...]
-    <t>AFN 91.63</t>
+    <t>( Azithromycin Dihydrate )</t>
+  </si>
+  <si>
+    <t>AFN 98.77</t>
   </si>
   <si>
     <t>ZITHROLIDE 500MG TABLETS</t>
   </si>
   <si>
-    <t>( Azithromycin Dihydrate ) 500mg</t>
+    <t>AFN 103.47</t>
   </si>
   <si>
     <t>ZONIPER 1G INJECTION</t>
   </si>
   <si>
     <t>( Cefoperazone + Sulbactam )</t>
   </si>
   <si>
     <t>AFN 89.96</t>
   </si>
   <si>
     <t>ZONIPER 2G INJECTION</t>
   </si>
   <si>
     <t>AFN 126.14</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -1936,54 +1945,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G204"/>
+  <dimension ref="A1:G205"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A204" sqref="A204"/>
+      <selection activeCell="A205" sqref="A205"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="7.1411" customWidth="true" style="0"/>
     <col min="2" max="2" width="35.7056" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.7056" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.5645" customWidth="true" style="0"/>
     <col min="5" max="5" width="14.2822" customWidth="true" style="0"/>
     <col min="6" max="6" width="14.2822" customWidth="true" style="0"/>
     <col min="7" max="7" width="21.4233" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -2456,442 +2465,442 @@
       </c>
       <c r="G21" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="2">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>70</v>
       </c>
       <c r="C22" t="s">
         <v>71</v>
       </c>
       <c r="D22" t="s">
         <v>68</v>
       </c>
       <c r="E22">
         <v>1</v>
       </c>
       <c r="F22">
         <v>260</v>
       </c>
       <c r="G22" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="2">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>72</v>
+      </c>
+      <c r="C23" t="s">
         <v>73</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E23">
         <v>20</v>
       </c>
       <c r="F23">
         <v>90</v>
       </c>
       <c r="G23" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="2">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>76</v>
+      </c>
+      <c r="C24" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="D24" t="s">
         <v>9</v>
       </c>
       <c r="E24">
         <v>20</v>
       </c>
       <c r="F24">
         <v>90</v>
       </c>
       <c r="G24" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="2">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>79</v>
+      </c>
+      <c r="C25" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D25" t="s">
         <v>17</v>
       </c>
       <c r="E25">
         <v>20</v>
       </c>
       <c r="F25">
         <v>60</v>
       </c>
       <c r="G25" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="2">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>81</v>
+      </c>
+      <c r="C26" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D26" t="s">
         <v>17</v>
       </c>
       <c r="E26">
         <v>20</v>
       </c>
       <c r="F26">
         <v>100</v>
       </c>
       <c r="G26" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="2">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>84</v>
+      </c>
+      <c r="C27" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
       <c r="E27">
         <v>20</v>
       </c>
       <c r="F27">
         <v>100</v>
       </c>
       <c r="G27" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="2">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>87</v>
+      </c>
+      <c r="C28" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
       <c r="E28">
         <v>30</v>
       </c>
       <c r="F28">
         <v>100</v>
       </c>
       <c r="G28" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="2">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>90</v>
+      </c>
+      <c r="C29" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
       <c r="E29">
         <v>10</v>
       </c>
       <c r="F29">
         <v>90</v>
       </c>
       <c r="G29" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="2">
         <v>29</v>
       </c>
       <c r="B30" t="s">
+        <v>93</v>
+      </c>
+      <c r="C30" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
       <c r="E30">
         <v>10</v>
       </c>
       <c r="F30">
         <v>90</v>
       </c>
       <c r="G30" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="2">
         <v>30</v>
       </c>
       <c r="B31" t="s">
+        <v>96</v>
+      </c>
+      <c r="C31" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
       <c r="E31">
         <v>14</v>
       </c>
       <c r="F31">
         <v>100</v>
       </c>
       <c r="G31" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="2">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C32" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
       <c r="E32">
         <v>14</v>
       </c>
       <c r="F32">
         <v>100</v>
       </c>
       <c r="G32" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="2">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>102</v>
+      </c>
+      <c r="C33" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33">
         <v>10</v>
       </c>
       <c r="F33">
         <v>70</v>
       </c>
       <c r="G33" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="2">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>104</v>
+      </c>
+      <c r="C34" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D34" t="s">
         <v>9</v>
       </c>
       <c r="E34">
         <v>30</v>
       </c>
       <c r="F34">
         <v>200</v>
       </c>
       <c r="G34" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="2">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>107</v>
+      </c>
+      <c r="C35" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
       <c r="E35">
         <v>100</v>
       </c>
       <c r="F35">
         <v>200</v>
       </c>
       <c r="G35" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="2">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>110</v>
+      </c>
+      <c r="C36" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
       <c r="E36">
         <v>10</v>
       </c>
       <c r="F36">
         <v>100</v>
       </c>
       <c r="G36" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="2">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>113</v>
+      </c>
+      <c r="C37" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
       <c r="E37">
         <v>20</v>
       </c>
       <c r="F37">
         <v>100</v>
       </c>
       <c r="G37" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="2">
         <v>37</v>
       </c>
       <c r="B38" t="s">
+        <v>116</v>
+      </c>
+      <c r="C38" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
       <c r="E38">
         <v>20</v>
       </c>
       <c r="F38">
         <v>100</v>
       </c>
       <c r="G38" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="2">
         <v>38</v>
       </c>
       <c r="B39" t="s">
+        <v>118</v>
+      </c>
+      <c r="C39" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
       <c r="E39">
         <v>30</v>
       </c>
       <c r="F39">
         <v>55</v>
       </c>
       <c r="G39" t="s">
-        <v>87</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="2">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>121</v>
       </c>
       <c r="C40" t="s">
         <v>122</v>
       </c>
       <c r="D40" t="s">
         <v>9</v>
       </c>
       <c r="E40">
         <v>30</v>
       </c>
       <c r="F40">
         <v>55</v>
       </c>
       <c r="G40" t="s">
         <v>123</v>
       </c>
     </row>
@@ -3100,212 +3109,212 @@
       </c>
       <c r="G49" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="2">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>148</v>
       </c>
       <c r="C50" t="s">
         <v>149</v>
       </c>
       <c r="D50" t="s">
         <v>9</v>
       </c>
       <c r="E50">
         <v>14</v>
       </c>
       <c r="F50">
         <v>100</v>
       </c>
       <c r="G50" t="s">
-        <v>150</v>
+        <v>128</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="2">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>150</v>
+      </c>
+      <c r="C51" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D51" t="s">
         <v>9</v>
       </c>
       <c r="E51">
         <v>14</v>
       </c>
       <c r="F51">
         <v>100</v>
       </c>
       <c r="G51" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="2">
         <v>51</v>
       </c>
       <c r="B52" t="s">
+        <v>153</v>
+      </c>
+      <c r="C52" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D52" t="s">
         <v>9</v>
       </c>
       <c r="E52">
         <v>14</v>
       </c>
       <c r="F52">
         <v>100</v>
       </c>
       <c r="G52" t="s">
-        <v>156</v>
+        <v>101</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="2">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>155</v>
+      </c>
+      <c r="C53" t="s">
+        <v>156</v>
+      </c>
+      <c r="D53" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
       <c r="E53">
         <v>1</v>
       </c>
       <c r="F53">
         <v>100</v>
       </c>
       <c r="G53" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="2">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C54" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D54" t="s">
         <v>17</v>
       </c>
       <c r="E54">
         <v>30</v>
       </c>
       <c r="F54">
         <v>48</v>
       </c>
       <c r="G54" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="2">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C55" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D55" t="s">
         <v>68</v>
       </c>
       <c r="E55">
         <v>1</v>
       </c>
       <c r="F55">
         <v>200</v>
       </c>
       <c r="G55" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="2">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C56" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D56" t="s">
         <v>17</v>
       </c>
       <c r="E56">
         <v>20</v>
       </c>
       <c r="F56">
         <v>100</v>
       </c>
       <c r="G56" t="s">
-        <v>51</v>
+        <v>167</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="2">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C57" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D57" t="s">
         <v>17</v>
       </c>
       <c r="E57">
         <v>10</v>
       </c>
       <c r="F57">
         <v>100</v>
       </c>
       <c r="G57" t="s">
-        <v>93</v>
+        <v>169</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="2">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>170</v>
       </c>
       <c r="C58" t="s">
         <v>171</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58">
         <v>10</v>
       </c>
       <c r="F58">
         <v>70</v>
       </c>
       <c r="G58" t="s">
         <v>172</v>
       </c>
     </row>
@@ -3353,74 +3362,74 @@
       </c>
       <c r="G60" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="2">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>179</v>
       </c>
       <c r="C61" t="s">
         <v>180</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
       <c r="E61">
         <v>14</v>
       </c>
       <c r="F61">
         <v>100</v>
       </c>
       <c r="G61" t="s">
-        <v>102</v>
+        <v>181</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="2">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C62" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D62" t="s">
         <v>68</v>
       </c>
       <c r="E62">
         <v>1</v>
       </c>
       <c r="F62">
         <v>112</v>
       </c>
       <c r="G62" t="s">
-        <v>183</v>
+        <v>69</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="2">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>184</v>
       </c>
       <c r="C63" t="s">
         <v>185</v>
       </c>
       <c r="D63" t="s">
         <v>68</v>
       </c>
       <c r="E63">
         <v>1</v>
       </c>
       <c r="F63">
         <v>112</v>
       </c>
       <c r="G63" t="s">
         <v>186</v>
       </c>
     </row>
@@ -3781,51 +3790,51 @@
       </c>
       <c r="D79" t="s">
         <v>9</v>
       </c>
       <c r="E79">
         <v>20</v>
       </c>
       <c r="F79">
         <v>100</v>
       </c>
       <c r="G79" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="2">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>230</v>
       </c>
       <c r="C80" t="s">
         <v>231</v>
       </c>
       <c r="D80" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="E80">
         <v>1</v>
       </c>
       <c r="F80">
         <v>24</v>
       </c>
       <c r="G80" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="2">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>232</v>
       </c>
       <c r="C81" t="s">
         <v>231</v>
       </c>
       <c r="D81" t="s">
         <v>9</v>
       </c>
       <c r="E81">
@@ -3928,51 +3937,51 @@
       </c>
       <c r="G85" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="2">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>245</v>
       </c>
       <c r="C86" t="s">
         <v>246</v>
       </c>
       <c r="D86" t="s">
         <v>9</v>
       </c>
       <c r="E86">
         <v>20</v>
       </c>
       <c r="F86">
         <v>200</v>
       </c>
       <c r="G86" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="2">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>247</v>
       </c>
       <c r="C87" t="s">
         <v>248</v>
       </c>
       <c r="D87" t="s">
         <v>17</v>
       </c>
       <c r="E87">
         <v>30</v>
       </c>
       <c r="F87">
         <v>90</v>
       </c>
       <c r="G87" t="s">
         <v>249</v>
       </c>
     </row>
@@ -4008,51 +4017,51 @@
       </c>
       <c r="C89" t="s">
         <v>253</v>
       </c>
       <c r="D89" t="s">
         <v>32</v>
       </c>
       <c r="E89">
         <v>1</v>
       </c>
       <c r="F89">
         <v>40</v>
       </c>
       <c r="G89" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="2">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>255</v>
       </c>
       <c r="C90" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D90" t="s">
         <v>9</v>
       </c>
       <c r="E90">
         <v>10</v>
       </c>
       <c r="F90">
         <v>40</v>
       </c>
       <c r="G90" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="2">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>256</v>
       </c>
       <c r="C91" t="s">
         <v>122</v>
       </c>
       <c r="D91" t="s">
@@ -4066,97 +4075,97 @@
       </c>
       <c r="G91" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="2">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>258</v>
       </c>
       <c r="C92" t="s">
         <v>259</v>
       </c>
       <c r="D92" t="s">
         <v>9</v>
       </c>
       <c r="E92">
         <v>10</v>
       </c>
       <c r="F92">
         <v>220</v>
       </c>
       <c r="G92" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="2">
         <v>92</v>
       </c>
       <c r="B93" t="s">
         <v>260</v>
       </c>
       <c r="C93" t="s">
         <v>261</v>
       </c>
       <c r="D93" t="s">
         <v>17</v>
       </c>
       <c r="E93">
         <v>20</v>
       </c>
       <c r="F93">
         <v>100</v>
       </c>
       <c r="G93" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="2">
         <v>93</v>
       </c>
       <c r="B94" t="s">
         <v>263</v>
       </c>
       <c r="C94" t="s">
         <v>264</v>
       </c>
       <c r="D94" t="s">
         <v>9</v>
       </c>
       <c r="E94">
         <v>10</v>
       </c>
       <c r="F94">
         <v>160</v>
       </c>
       <c r="G94" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="2">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>265</v>
       </c>
       <c r="C95" t="s">
         <v>266</v>
       </c>
       <c r="D95" t="s">
         <v>17</v>
       </c>
       <c r="E95">
         <v>20</v>
       </c>
       <c r="F95">
         <v>100</v>
       </c>
       <c r="G95" t="s">
         <v>267</v>
       </c>
     </row>
@@ -4273,396 +4282,396 @@
       </c>
       <c r="G100" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="2">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>278</v>
       </c>
       <c r="C101" t="s">
         <v>279</v>
       </c>
       <c r="D101" t="s">
         <v>17</v>
       </c>
       <c r="E101">
         <v>10</v>
       </c>
       <c r="F101">
         <v>90</v>
       </c>
       <c r="G101" t="s">
-        <v>87</v>
+        <v>280</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="2">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C102" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D102" t="s">
         <v>9</v>
       </c>
       <c r="E102">
         <v>30</v>
       </c>
       <c r="F102">
         <v>100</v>
       </c>
       <c r="G102" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="2">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C103" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D103" t="s">
         <v>9</v>
       </c>
       <c r="E103">
         <v>30</v>
       </c>
       <c r="F103">
         <v>100</v>
       </c>
       <c r="G103" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="2">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C104" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D104" t="s">
         <v>9</v>
       </c>
       <c r="E104">
         <v>20</v>
       </c>
       <c r="F104">
         <v>100</v>
       </c>
       <c r="G104" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="2">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C105" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D105" t="s">
         <v>9</v>
       </c>
       <c r="E105">
         <v>20</v>
       </c>
       <c r="F105">
         <v>132</v>
       </c>
       <c r="G105" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="2">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C106" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D106" t="s">
         <v>68</v>
       </c>
       <c r="E106">
         <v>5</v>
       </c>
       <c r="F106">
         <v>120</v>
       </c>
       <c r="G106" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="2">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C107" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D107" t="s">
         <v>9</v>
       </c>
       <c r="E107">
         <v>6</v>
       </c>
       <c r="F107">
         <v>200</v>
       </c>
       <c r="G107" t="s">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="2">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>296</v>
       </c>
       <c r="C108" t="s">
         <v>297</v>
       </c>
       <c r="D108" t="s">
         <v>9</v>
       </c>
       <c r="E108">
         <v>20</v>
       </c>
       <c r="F108">
         <v>160</v>
       </c>
       <c r="G108" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="2">
         <v>108</v>
       </c>
       <c r="B109" t="s">
         <v>298</v>
       </c>
       <c r="C109" t="s">
         <v>299</v>
       </c>
       <c r="D109" t="s">
         <v>9</v>
       </c>
       <c r="E109">
         <v>20</v>
       </c>
       <c r="F109">
         <v>160</v>
       </c>
       <c r="G109" t="s">
-        <v>87</v>
+        <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="2">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C110" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D110" t="s">
         <v>9</v>
       </c>
       <c r="E110">
         <v>5</v>
       </c>
       <c r="F110">
         <v>120</v>
       </c>
       <c r="G110" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="2">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C111" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D111" t="s">
         <v>9</v>
       </c>
       <c r="E111">
         <v>10</v>
       </c>
       <c r="F111">
         <v>180</v>
       </c>
       <c r="G111" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="2">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C112" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D112" t="s">
         <v>9</v>
       </c>
       <c r="E112">
         <v>10</v>
       </c>
       <c r="F112">
         <v>180</v>
       </c>
       <c r="G112" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="2">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C113" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D113" t="s">
         <v>17</v>
       </c>
       <c r="E113">
         <v>30</v>
       </c>
       <c r="F113">
         <v>90</v>
       </c>
       <c r="G113" t="s">
-        <v>311</v>
+        <v>251</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="2">
         <v>113</v>
       </c>
       <c r="B114" t="s">
         <v>312</v>
       </c>
       <c r="C114" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D114" t="s">
         <v>17</v>
       </c>
       <c r="E114">
         <v>30</v>
       </c>
       <c r="F114">
         <v>90</v>
       </c>
       <c r="G114" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="2">
         <v>114</v>
       </c>
       <c r="B115" t="s">
         <v>314</v>
       </c>
       <c r="C115" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D115" t="s">
         <v>17</v>
       </c>
       <c r="E115">
         <v>30</v>
       </c>
       <c r="F115">
         <v>90</v>
       </c>
       <c r="G115" t="s">
-        <v>14</v>
+        <v>315</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="2">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C116" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D116" t="s">
         <v>17</v>
       </c>
       <c r="E116">
         <v>14</v>
       </c>
       <c r="F116">
         <v>100</v>
       </c>
       <c r="G116" t="s">
-        <v>317</v>
+        <v>95</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="2">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>318</v>
       </c>
       <c r="C117" t="s">
         <v>319</v>
       </c>
       <c r="D117" t="s">
         <v>17</v>
       </c>
       <c r="E117">
         <v>14</v>
       </c>
       <c r="F117">
         <v>100</v>
       </c>
       <c r="G117" t="s">
         <v>320</v>
       </c>
     </row>
@@ -4905,74 +4914,74 @@
       </c>
       <c r="C128" t="s">
         <v>348</v>
       </c>
       <c r="D128" t="s">
         <v>9</v>
       </c>
       <c r="E128">
         <v>10</v>
       </c>
       <c r="F128">
         <v>200</v>
       </c>
       <c r="G128" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="2">
         <v>128</v>
       </c>
       <c r="B129" t="s">
         <v>349</v>
       </c>
       <c r="C129" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D129" t="s">
         <v>68</v>
       </c>
       <c r="E129">
         <v>1</v>
       </c>
       <c r="F129">
         <v>100</v>
       </c>
       <c r="G129" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="2">
         <v>129</v>
       </c>
       <c r="B130" t="s">
         <v>350</v>
       </c>
       <c r="C130" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D130" t="s">
         <v>68</v>
       </c>
       <c r="E130">
         <v>1</v>
       </c>
       <c r="F130">
         <v>100</v>
       </c>
       <c r="G130" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="2">
         <v>130</v>
       </c>
       <c r="B131" t="s">
         <v>351</v>
       </c>
       <c r="C131" t="s">
         <v>352</v>
       </c>
       <c r="D131" t="s">
@@ -5308,189 +5317,189 @@
       </c>
       <c r="G145" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="2">
         <v>145</v>
       </c>
       <c r="B146" t="s">
         <v>390</v>
       </c>
       <c r="C146" t="s">
         <v>391</v>
       </c>
       <c r="D146" t="s">
         <v>9</v>
       </c>
       <c r="E146">
         <v>30</v>
       </c>
       <c r="F146">
         <v>220</v>
       </c>
       <c r="G146" t="s">
-        <v>311</v>
+        <v>392</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="2">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C147" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
       <c r="E147">
         <v>14</v>
       </c>
       <c r="F147">
         <v>220</v>
       </c>
       <c r="G147" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="2">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C148" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D148" t="s">
         <v>9</v>
       </c>
       <c r="E148">
         <v>14</v>
       </c>
       <c r="F148">
         <v>220</v>
       </c>
       <c r="G148" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="2">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C149" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D149" t="s">
         <v>32</v>
       </c>
       <c r="E149">
         <v>1</v>
       </c>
       <c r="F149">
         <v>40</v>
       </c>
       <c r="G149" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="2">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C150" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D150" t="s">
         <v>17</v>
       </c>
       <c r="E150">
         <v>20</v>
       </c>
       <c r="F150">
         <v>67</v>
       </c>
       <c r="G150" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="2">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C151" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D151" t="s">
         <v>9</v>
       </c>
       <c r="E151">
         <v>14</v>
       </c>
       <c r="F151">
         <v>100</v>
       </c>
       <c r="G151" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="2">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C152" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D152" t="s">
         <v>17</v>
       </c>
       <c r="E152">
         <v>20</v>
       </c>
       <c r="F152">
         <v>60</v>
       </c>
       <c r="G152" t="s">
-        <v>405</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="2">
         <v>152</v>
       </c>
       <c r="B153" t="s">
         <v>406</v>
       </c>
       <c r="C153" t="s">
         <v>407</v>
       </c>
       <c r="D153" t="s">
         <v>32</v>
       </c>
       <c r="E153">
         <v>1</v>
       </c>
       <c r="F153">
         <v>60</v>
       </c>
       <c r="G153" t="s">
         <v>227</v>
       </c>
     </row>
@@ -5690,1003 +5699,1026 @@
       </c>
       <c r="D162" t="s">
         <v>17</v>
       </c>
       <c r="E162">
         <v>20</v>
       </c>
       <c r="F162">
         <v>100</v>
       </c>
       <c r="G162" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" s="2">
         <v>162</v>
       </c>
       <c r="B163" t="s">
         <v>428</v>
       </c>
       <c r="C163" t="s">
         <v>429</v>
       </c>
       <c r="D163" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="E163">
         <v>1</v>
       </c>
       <c r="F163">
         <v>24</v>
       </c>
       <c r="G163" t="s">
-        <v>72</v>
+        <v>430</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" s="2">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="C164" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="D164" t="s">
         <v>17</v>
       </c>
       <c r="E164">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="F164">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="G164" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" s="2">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C165" t="s">
-        <v>248</v>
+        <v>426</v>
       </c>
       <c r="D165" t="s">
         <v>17</v>
       </c>
       <c r="E165">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="F165">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="G165" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" s="2">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C166" t="s">
         <v>248</v>
       </c>
       <c r="D166" t="s">
         <v>17</v>
       </c>
       <c r="E166">
         <v>30</v>
       </c>
       <c r="F166">
-        <v>232</v>
+        <v>156</v>
       </c>
       <c r="G166" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" s="2">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C167" t="s">
-        <v>436</v>
+        <v>248</v>
       </c>
       <c r="D167" t="s">
         <v>17</v>
       </c>
       <c r="E167">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="F167">
-        <v>100</v>
+        <v>232</v>
       </c>
       <c r="G167" t="s">
-        <v>24</v>
+        <v>120</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" s="2">
         <v>167</v>
       </c>
       <c r="B168" t="s">
         <v>437</v>
       </c>
       <c r="C168" t="s">
-        <v>286</v>
+        <v>438</v>
       </c>
       <c r="D168" t="s">
-        <v>68</v>
+        <v>17</v>
       </c>
       <c r="E168">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="F168">
         <v>100</v>
       </c>
       <c r="G168" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" s="2">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C169" t="s">
-        <v>439</v>
+        <v>287</v>
       </c>
       <c r="D169" t="s">
-        <v>9</v>
+        <v>68</v>
       </c>
       <c r="E169">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F169">
         <v>100</v>
       </c>
       <c r="G169" t="s">
-        <v>440</v>
+        <v>29</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" s="2">
         <v>169</v>
       </c>
       <c r="B170" t="s">
+        <v>440</v>
+      </c>
+      <c r="C170" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="D170" t="s">
         <v>9</v>
       </c>
       <c r="E170">
         <v>10</v>
       </c>
       <c r="F170">
         <v>100</v>
       </c>
       <c r="G170" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" s="2">
         <v>170</v>
       </c>
       <c r="B171" t="s">
         <v>443</v>
       </c>
       <c r="C171" t="s">
+        <v>441</v>
+      </c>
+      <c r="D171" t="s">
+        <v>9</v>
+      </c>
+      <c r="E171">
+        <v>10</v>
+      </c>
+      <c r="F171">
+        <v>100</v>
+      </c>
+      <c r="G171" t="s">
         <v>444</v>
-      </c>
-[...10 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" s="2">
         <v>171</v>
       </c>
       <c r="B172" t="s">
+        <v>445</v>
+      </c>
+      <c r="C172" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="D172" t="s">
         <v>9</v>
       </c>
       <c r="E172">
         <v>60</v>
       </c>
       <c r="F172">
         <v>136</v>
       </c>
       <c r="G172" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" s="2">
         <v>172</v>
       </c>
       <c r="B173" t="s">
         <v>448</v>
       </c>
       <c r="C173" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D173" t="s">
         <v>9</v>
       </c>
       <c r="E173">
         <v>60</v>
       </c>
       <c r="F173">
         <v>136</v>
       </c>
       <c r="G173" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" s="2">
         <v>173</v>
       </c>
       <c r="B174" t="s">
         <v>450</v>
       </c>
       <c r="C174" t="s">
+        <v>446</v>
+      </c>
+      <c r="D174" t="s">
+        <v>9</v>
+      </c>
+      <c r="E174">
+        <v>60</v>
+      </c>
+      <c r="F174">
+        <v>136</v>
+      </c>
+      <c r="G174" t="s">
         <v>451</v>
-      </c>
-[...10 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" s="2">
         <v>174</v>
       </c>
       <c r="B175" t="s">
+        <v>452</v>
+      </c>
+      <c r="C175" t="s">
         <v>453</v>
       </c>
-      <c r="C175" t="s">
+      <c r="D175" t="s">
+        <v>9</v>
+      </c>
+      <c r="E175">
+        <v>10</v>
+      </c>
+      <c r="F175">
+        <v>100</v>
+      </c>
+      <c r="G175" t="s">
         <v>454</v>
-      </c>
-[...10 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" s="2">
         <v>175</v>
       </c>
       <c r="B176" t="s">
         <v>455</v>
       </c>
       <c r="C176" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D176" t="s">
         <v>68</v>
       </c>
       <c r="E176">
         <v>1</v>
       </c>
       <c r="F176">
         <v>112</v>
       </c>
       <c r="G176" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" s="2">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C177" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="D177" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="E177">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F177">
-        <v>60</v>
+        <v>112</v>
       </c>
       <c r="G177" t="s">
-        <v>416</v>
+        <v>444</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" s="2">
         <v>177</v>
       </c>
       <c r="B178" t="s">
         <v>459</v>
       </c>
       <c r="C178" t="s">
         <v>460</v>
       </c>
       <c r="D178" t="s">
         <v>17</v>
       </c>
       <c r="E178">
         <v>20</v>
       </c>
       <c r="F178">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G178" t="s">
-        <v>262</v>
+        <v>416</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" s="2">
         <v>178</v>
       </c>
       <c r="B179" t="s">
         <v>461</v>
       </c>
       <c r="C179" t="s">
         <v>462</v>
       </c>
       <c r="D179" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E179">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="F179">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="G179" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" s="2">
         <v>179</v>
       </c>
       <c r="B180" t="s">
         <v>464</v>
       </c>
       <c r="C180" t="s">
         <v>465</v>
       </c>
       <c r="D180" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E180">
         <v>10</v>
       </c>
       <c r="F180">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="G180" t="s">
-        <v>156</v>
+        <v>466</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" s="2">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C181" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="D181" t="s">
         <v>9</v>
       </c>
       <c r="E181">
         <v>10</v>
       </c>
       <c r="F181">
         <v>100</v>
       </c>
       <c r="G181" t="s">
-        <v>456</v>
+        <v>101</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" s="2">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C182" t="s">
         <v>468</v>
       </c>
       <c r="D182" t="s">
         <v>9</v>
       </c>
       <c r="E182">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F182">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="G182" t="s">
-        <v>469</v>
+        <v>444</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" s="2">
         <v>182</v>
       </c>
       <c r="B183" t="s">
         <v>470</v>
       </c>
       <c r="C183" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="D183" t="s">
         <v>9</v>
       </c>
       <c r="E183">
         <v>20</v>
       </c>
       <c r="F183">
         <v>160</v>
       </c>
       <c r="G183" t="s">
-        <v>254</v>
+        <v>285</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" s="2">
         <v>183</v>
       </c>
       <c r="B184" t="s">
+        <v>472</v>
+      </c>
+      <c r="C184" t="s">
         <v>471</v>
       </c>
-      <c r="C184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D184" t="s">
         <v>9</v>
       </c>
       <c r="E184">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F184">
-        <v>55</v>
+        <v>160</v>
       </c>
       <c r="G184" t="s">
-        <v>99</v>
+        <v>254</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" s="2">
         <v>184</v>
       </c>
       <c r="B185" t="s">
         <v>473</v>
       </c>
       <c r="C185" t="s">
         <v>474</v>
       </c>
       <c r="D185" t="s">
         <v>9</v>
       </c>
       <c r="E185">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="F185">
-        <v>132</v>
+        <v>55</v>
       </c>
       <c r="G185" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" s="2">
         <v>185</v>
       </c>
       <c r="B186" t="s">
         <v>476</v>
       </c>
       <c r="C186" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D186" t="s">
         <v>9</v>
       </c>
       <c r="E186">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F186">
-        <v>220</v>
+        <v>132</v>
       </c>
       <c r="G186" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" s="2">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C187" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D187" t="s">
         <v>9</v>
       </c>
       <c r="E187">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="F187">
-        <v>132</v>
+        <v>220</v>
       </c>
       <c r="G187" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" s="2">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C188" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D188" t="s">
         <v>9</v>
       </c>
       <c r="E188">
         <v>10</v>
       </c>
       <c r="F188">
-        <v>220</v>
+        <v>132</v>
       </c>
       <c r="G188" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" s="2">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C189" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D189" t="s">
         <v>9</v>
       </c>
       <c r="E189">
         <v>10</v>
       </c>
       <c r="F189">
         <v>220</v>
       </c>
       <c r="G189" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" s="2">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C190" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D190" t="s">
         <v>9</v>
       </c>
       <c r="E190">
         <v>10</v>
       </c>
       <c r="F190">
         <v>220</v>
       </c>
       <c r="G190" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" s="2">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C191" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D191" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="E191">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F191">
-        <v>40</v>
+        <v>220</v>
       </c>
       <c r="G191" t="s">
-        <v>79</v>
+        <v>488</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="2">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C192" t="s">
-        <v>488</v>
+        <v>477</v>
       </c>
       <c r="D192" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="E192">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="F192">
-        <v>220</v>
+        <v>40</v>
       </c>
       <c r="G192" t="s">
-        <v>489</v>
+        <v>78</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" s="2">
         <v>192</v>
       </c>
       <c r="B193" t="s">
         <v>490</v>
       </c>
       <c r="C193" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="D193" t="s">
         <v>9</v>
       </c>
       <c r="E193">
         <v>30</v>
       </c>
       <c r="F193">
         <v>220</v>
       </c>
       <c r="G193" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" s="2">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C194" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D194" t="s">
         <v>9</v>
       </c>
       <c r="E194">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F194">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="G194" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" s="2">
         <v>194</v>
       </c>
       <c r="B195" t="s">
         <v>495</v>
       </c>
       <c r="C195" t="s">
         <v>496</v>
       </c>
       <c r="D195" t="s">
         <v>9</v>
       </c>
       <c r="E195">
         <v>14</v>
       </c>
       <c r="F195">
         <v>200</v>
       </c>
       <c r="G195" t="s">
-        <v>72</v>
+        <v>497</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="2">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C196" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D196" t="s">
         <v>9</v>
       </c>
       <c r="E196">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F196">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="G196" t="s">
-        <v>229</v>
+        <v>430</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="2">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C197" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D197" t="s">
         <v>9</v>
       </c>
       <c r="E197">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F197">
         <v>120</v>
       </c>
       <c r="G197" t="s">
-        <v>501</v>
+        <v>229</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="2">
         <v>197</v>
       </c>
       <c r="B198" t="s">
         <v>502</v>
       </c>
       <c r="C198" t="s">
         <v>503</v>
       </c>
       <c r="D198" t="s">
         <v>9</v>
       </c>
       <c r="E198">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F198">
         <v>120</v>
       </c>
       <c r="G198" t="s">
-        <v>504</v>
+        <v>137</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="2">
         <v>198</v>
       </c>
       <c r="B199" t="s">
+        <v>504</v>
+      </c>
+      <c r="C199" t="s">
         <v>505</v>
       </c>
-      <c r="C199" t="s">
+      <c r="D199" t="s">
+        <v>9</v>
+      </c>
+      <c r="E199">
+        <v>20</v>
+      </c>
+      <c r="F199">
+        <v>120</v>
+      </c>
+      <c r="G199" t="s">
         <v>506</v>
-      </c>
-[...10 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" s="2">
         <v>199</v>
       </c>
       <c r="B200" t="s">
+        <v>507</v>
+      </c>
+      <c r="C200" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
       <c r="D200" t="s">
         <v>9</v>
       </c>
       <c r="E200">
         <v>10</v>
       </c>
       <c r="F200">
         <v>100</v>
       </c>
       <c r="G200" t="s">
-        <v>96</v>
+        <v>509</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" s="2">
         <v>200</v>
       </c>
       <c r="B201" t="s">
         <v>510</v>
       </c>
       <c r="C201" t="s">
         <v>511</v>
       </c>
       <c r="D201" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E201">
         <v>10</v>
       </c>
       <c r="F201">
         <v>100</v>
       </c>
       <c r="G201" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" s="2">
         <v>201</v>
       </c>
       <c r="B202" t="s">
         <v>513</v>
       </c>
       <c r="C202" t="s">
         <v>514</v>
       </c>
       <c r="D202" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E202">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F202">
         <v>100</v>
       </c>
       <c r="G202" t="s">
-        <v>367</v>
+        <v>515</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" s="2">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C203" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="D203" t="s">
-        <v>68</v>
+        <v>9</v>
       </c>
       <c r="E203">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F203">
-        <v>208</v>
+        <v>100</v>
       </c>
       <c r="G203" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" s="2">
         <v>203</v>
       </c>
       <c r="B204" t="s">
         <v>518</v>
       </c>
       <c r="C204" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="D204" t="s">
         <v>68</v>
       </c>
       <c r="E204">
         <v>1</v>
       </c>
       <c r="F204">
         <v>208</v>
       </c>
       <c r="G204" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7">
+      <c r="A205" s="2">
+        <v>204</v>
+      </c>
+      <c r="B205" t="s">
+        <v>521</v>
+      </c>
+      <c r="C205" t="s">
         <v>519</v>
+      </c>
+      <c r="D205" t="s">
+        <v>68</v>
+      </c>
+      <c r="E205">
+        <v>1</v>
+      </c>
+      <c r="F205">
+        <v>208</v>
+      </c>
+      <c r="G205" t="s">
+        <v>522</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>