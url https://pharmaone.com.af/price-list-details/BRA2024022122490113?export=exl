--- v1 (2026-01-29)
+++ v2 (2026-03-31)
@@ -4276,51 +4276,51 @@
       </c>
       <c r="E100">
         <v>20</v>
       </c>
       <c r="F100">
         <v>100</v>
       </c>
       <c r="G100" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="2">
         <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>278</v>
       </c>
       <c r="C101" t="s">
         <v>279</v>
       </c>
       <c r="D101" t="s">
         <v>17</v>
       </c>
       <c r="E101">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="F101">
         <v>90</v>
       </c>
       <c r="G101" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="2">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>281</v>
       </c>
       <c r="C102" t="s">
         <v>282</v>
       </c>
       <c r="D102" t="s">
         <v>9</v>
       </c>
       <c r="E102">
         <v>30</v>
       </c>
       <c r="F102">
@@ -6346,51 +6346,51 @@
       </c>
       <c r="E190">
         <v>10</v>
       </c>
       <c r="F190">
         <v>220</v>
       </c>
       <c r="G190" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" s="2">
         <v>190</v>
       </c>
       <c r="B191" t="s">
         <v>487</v>
       </c>
       <c r="C191" t="s">
         <v>477</v>
       </c>
       <c r="D191" t="s">
         <v>9</v>
       </c>
       <c r="E191">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="F191">
         <v>220</v>
       </c>
       <c r="G191" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="2">
         <v>191</v>
       </c>
       <c r="B192" t="s">
         <v>489</v>
       </c>
       <c r="C192" t="s">
         <v>477</v>
       </c>
       <c r="D192" t="s">
         <v>32</v>
       </c>
       <c r="E192">
         <v>1</v>
       </c>
       <c r="F192">