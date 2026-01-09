--- v0 (2025-11-06)
+++ v1 (2026-01-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Details" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="562">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="564">
   <si>
     <t>Sr</t>
   </si>
   <si>
     <t>Item</t>
   </si>
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Pack Size</t>
   </si>
   <si>
     <t>Carton Size</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>(Blocked) FIST 75MG TABLETS (10's)</t>
   </si>
   <si>
@@ -107,51 +107,51 @@
   <si>
     <t>ADMIT 50/500MG TABLETS</t>
   </si>
   <si>
     <t>( Sitagliptin BP 50mg + Metformin HCl BP 500mg )</t>
   </si>
   <si>
     <t>AFN 107.10</t>
   </si>
   <si>
     <t>ADMIT 50MG TABLETS</t>
   </si>
   <si>
     <t>( Sitagliptin 50mg )</t>
   </si>
   <si>
     <t>AFN 101.15</t>
   </si>
   <si>
     <t>AMLOPIN 5MG TABLETS</t>
   </si>
   <si>
     <t>( Amplodipine USP 5mg )</t>
   </si>
   <si>
-    <t>AFN 43.69</t>
+    <t>AFN 60.58</t>
   </si>
   <si>
     <t>ANTIMIN 10MG TABLETS</t>
   </si>
   <si>
     <t>( Loratadine USP 10mg )</t>
   </si>
   <si>
     <t>AFN 29.52</t>
   </si>
   <si>
     <t>ANTIMIN 60ML SYRUP</t>
   </si>
   <si>
     <t>( Loratadine, U.S.P )</t>
   </si>
   <si>
     <t>Syrup</t>
   </si>
   <si>
     <t>AFN 25.77</t>
   </si>
   <si>
     <t>ANTIMIN-D TABLETS</t>
   </si>
@@ -761,87 +761,87 @@
   <si>
     <t>ESSO 40MG CAPSULES</t>
   </si>
   <si>
     <t>( Esomeprazole 40mg USP )</t>
   </si>
   <si>
     <t>AFN 145.18</t>
   </si>
   <si>
     <t>ESSO IV 40MG INJECTION</t>
   </si>
   <si>
     <t>( Esomeprazole 40mg )</t>
   </si>
   <si>
     <t>AFN 150.42</t>
   </si>
   <si>
     <t>ESSO-NS FORTE TABLET</t>
   </si>
   <si>
     <t>( Esomeprazole 20MG+NAPROXEN 500MG )</t>
   </si>
   <si>
-    <t>AFN 261.32</t>
+    <t>AFN 285.60</t>
   </si>
   <si>
     <t>ESSO-NS TABLET</t>
   </si>
   <si>
     <t>( Esomeprazole 20MG+NAPROXEN 375MG )</t>
   </si>
   <si>
     <t>AFN 202.30</t>
   </si>
   <si>
     <t>EYELUB EYE DROPS</t>
   </si>
   <si>
     <t>( Polyethylene Glycol + Propylene Glycol )</t>
   </si>
   <si>
     <t>AFN 104.72</t>
   </si>
   <si>
     <t>EYPROST OPHTHALMIC SOLUTION</t>
   </si>
   <si>
     <t>( Travoprost USP )</t>
   </si>
   <si>
     <t>Solution</t>
   </si>
   <si>
     <t>FAMOT 10MG/60ML SYRUP</t>
   </si>
   <si>
     <t>( Famotidine BP 10mg/5ml )</t>
   </si>
   <si>
-    <t>AFN 23.31</t>
+    <t>AFN 29.75</t>
   </si>
   <si>
     <t>FAMOT 20MG TABLETS</t>
   </si>
   <si>
     <t>( Famotidine BP 20mg )</t>
   </si>
   <si>
     <t>AFN 69.50</t>
   </si>
   <si>
     <t>FAMOT 40MG INJECTION</t>
   </si>
   <si>
     <t>( Famotidine USP 40mg )</t>
   </si>
   <si>
     <t>AFN 8.50</t>
   </si>
   <si>
     <t>FAMOT 40MG TABLETS</t>
   </si>
   <si>
     <t>( Famotidine BP 40mg )</t>
   </si>
@@ -1055,329 +1055,332 @@
   <si>
     <t>IROTON 90ML SYRUP</t>
   </si>
   <si>
     <t>AFN 40.22</t>
   </si>
   <si>
     <t>IROTON TABLETS</t>
   </si>
   <si>
     <t>( Iron Polymaltose Complex + Folic Acid )</t>
   </si>
   <si>
     <t>AFN 75.54</t>
   </si>
   <si>
     <t>IROTON-F TABLETS</t>
   </si>
   <si>
     <t>AFN 32.83</t>
   </si>
   <si>
     <t>ISOTIN 10G GEL</t>
   </si>
   <si>
-    <t>( Isotretinoin BP, 0.05%)</t>
+    <t>( Isotretinoin BP, 0.05% )</t>
   </si>
   <si>
     <t>AFN 48.14</t>
   </si>
   <si>
     <t>ISOTIN-E 10G GEL</t>
   </si>
   <si>
     <t>( Isotretinoin )</t>
   </si>
   <si>
     <t>AFN 106.62</t>
   </si>
   <si>
     <t>JOVIT 500+400MG TABLETS</t>
   </si>
   <si>
     <t>( Glucosamine Sulphate USP 500mg + Chondroitin Sulphate USP 400mg )</t>
   </si>
   <si>
+    <t>AFN 260.61</t>
+  </si>
+  <si>
+    <t>KETOWIN 60ML LOTION</t>
+  </si>
+  <si>
+    <t>( Ketoconazole USP )</t>
+  </si>
+  <si>
+    <t>AFN 109.96</t>
+  </si>
+  <si>
+    <t>KLOLET 75MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Clopidogrel USP 75mg )</t>
+  </si>
+  <si>
+    <t>AFN 64.46</t>
+  </si>
+  <si>
+    <t>KLOLET FORTE TABLETS</t>
+  </si>
+  <si>
+    <t>( Clopidogrel USP 75mg + Aspirin USP 150mg )</t>
+  </si>
+  <si>
+    <t>AFN 66.11</t>
+  </si>
+  <si>
+    <t>KLOLET PLUS TABLETS</t>
+  </si>
+  <si>
+    <t>( Clopidogrel USP 75mg + Aspirin USP 75mg )</t>
+  </si>
+  <si>
+    <t>AFN 68.38</t>
+  </si>
+  <si>
+    <t>LAMCY OPHTHALMIC SUSPENSION</t>
+  </si>
+  <si>
+    <t>( Fluorometholone USP 0.1% )</t>
+  </si>
+  <si>
+    <t>LAMCY–T OPHTHALMIC SUSPENSION</t>
+  </si>
+  <si>
+    <t>( Fluorometholone + Tetrahydrozoline Hcl )</t>
+  </si>
+  <si>
+    <t>LATMO EYE DROPS</t>
+  </si>
+  <si>
+    <t>( Latanoprost + Timolol )</t>
+  </si>
+  <si>
+    <t>AFN 256.45</t>
+  </si>
+  <si>
+    <t>LYCO-T CAPSULE</t>
+  </si>
+  <si>
+    <t>AFN 277.27</t>
+  </si>
+  <si>
+    <t>MESAN 500MG CHEWABLE TABLETS</t>
+  </si>
+  <si>
+    <t>( Niclosamide, BP 500mg )</t>
+  </si>
+  <si>
+    <t>Chewable Tablets</t>
+  </si>
+  <si>
+    <t>AFN 14.12</t>
+  </si>
+  <si>
+    <t>METNI V 75G GEL</t>
+  </si>
+  <si>
+    <t>( Metronidazole USP 0.75% )</t>
+  </si>
+  <si>
+    <t>AFN 46.90</t>
+  </si>
+  <si>
+    <t>MICASEPT 20G ORAL GEL</t>
+  </si>
+  <si>
+    <t>( Miconazole Nitrate BP 20mg (2%) )</t>
+  </si>
+  <si>
+    <t>AFN 39.62</t>
+  </si>
+  <si>
+    <t>MICASEPT 20G TOPICAL CREAM</t>
+  </si>
+  <si>
+    <t>AFN 23.74</t>
+  </si>
+  <si>
+    <t>MIONEX 400MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Moxifloxacin USP )</t>
+  </si>
+  <si>
+    <t>MIONEX OPHTHALMIC SOLUTION</t>
+  </si>
+  <si>
+    <t>AFN 71.16</t>
+  </si>
+  <si>
+    <t>MITS 7.5MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Meloxicam BP 7.5mg )</t>
+  </si>
+  <si>
+    <t>AFN 44.63</t>
+  </si>
+  <si>
+    <t>MITS-DS 15MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Mecloxicam B.P 15mg )</t>
+  </si>
+  <si>
+    <t>AFN 74.38</t>
+  </si>
+  <si>
+    <t>MYDEX OPHTHALMIC SUSPENSION</t>
+  </si>
+  <si>
+    <t>( Tobramycin USP + Dexamethasone USP )</t>
+  </si>
+  <si>
+    <t>AFN 50.98</t>
+  </si>
+  <si>
+    <t>NEPAFEN OPHTHALMIC SUSPENSION</t>
+  </si>
+  <si>
+    <t>( Nepafenac 0.1% )</t>
+  </si>
+  <si>
+    <t>AFN 103.53</t>
+  </si>
+  <si>
+    <t>ORITIDE 50MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Vildagliptin 50mg )</t>
+  </si>
+  <si>
+    <t>AFN 65.45</t>
+  </si>
+  <si>
+    <t>ORITIDE FORTE TABLETS</t>
+  </si>
+  <si>
+    <t>( Vildagliptin 50mg +Metformin HCI, BP 1000mg )</t>
+  </si>
+  <si>
+    <t>AFN 234.43</t>
+  </si>
+  <si>
+    <t>ORITIDE PLUS TABLETS</t>
+  </si>
+  <si>
+    <t>( Vildagliptin 50mg +Metformin HCI, BP 850mg )</t>
+  </si>
+  <si>
+    <t>PATADIN FORTE OPHTHALMIC SOLUTION</t>
+  </si>
+  <si>
+    <t>( Olopatadine as HCL (0.2%) )</t>
+  </si>
+  <si>
+    <t>AFN 111.56</t>
+  </si>
+  <si>
+    <t>PATADIN OPHTHALMIC SOLUTION</t>
+  </si>
+  <si>
+    <t>( Olopatadine HCL (0.1%) )</t>
+  </si>
+  <si>
+    <t>AFN 85.68</t>
+  </si>
+  <si>
+    <t>PAXIL 10MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Piroxicam BP 10mg )</t>
+  </si>
+  <si>
+    <t>AFN 24.32</t>
+  </si>
+  <si>
+    <t>PAXIL 20MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Piroxicam BP 20mg )</t>
+  </si>
+  <si>
+    <t>AFN 49.98</t>
+  </si>
+  <si>
+    <t>PEFLOX 400MG TABLETS</t>
+  </si>
+  <si>
+    <t>( Pefloxacin 400mg )</t>
+  </si>
+  <si>
+    <t>AFN 89.25</t>
+  </si>
+  <si>
+    <t>PEGALIN 100MG CAPSULES</t>
+  </si>
+  <si>
+    <t>( Pregabalin USP )</t>
+  </si>
+  <si>
+    <t>AFN 95.91</t>
+  </si>
+  <si>
+    <t>PEGALIN 150MG CAPSULES</t>
+  </si>
+  <si>
+    <t>AFN 130.01</t>
+  </si>
+  <si>
+    <t>PEGALIN 300MG CAPSULES</t>
+  </si>
+  <si>
+    <t>AFN 230.38</t>
+  </si>
+  <si>
+    <t>PEGALIN 50MG CAPSULES</t>
+  </si>
+  <si>
+    <t>AFN 68.43</t>
+  </si>
+  <si>
+    <t>PEGALIN 75MG CAPSULES</t>
+  </si>
+  <si>
+    <t>AFN 92.23</t>
+  </si>
+  <si>
+    <t>PEPZYM TABLETS</t>
+  </si>
+  <si>
+    <t>( Metoclopramide HCI 6mg Sodium Dehydrocholate 20mg Bromelain P.U 35000 Pancreatin FIP P.U 210 Simethicone 50mg )</t>
+  </si>
+  <si>
     <t>AFN 166.12</t>
   </si>
   <si>
-    <t>KETOWIN 60ML LOTION</t>
-[...253 lines deleted...]
-  <si>
     <t>QWIN CAPSULE</t>
   </si>
   <si>
     <t>RISONATE 35MG TABLETS</t>
   </si>
   <si>
     <t>( Risedronate Sodium 35mg )</t>
   </si>
   <si>
     <t>AFN 120.43</t>
   </si>
   <si>
     <t>RUWIN 100MG/5ML SUSPENSION</t>
   </si>
   <si>
     <t>( Cefixime U.S.P )</t>
   </si>
   <si>
     <t>AFN 72.65</t>
   </si>
   <si>
     <t>RUWIN 200MG CAPSULES</t>
   </si>
   <si>
     <t>( Cefexime 200mg )</t>
@@ -1698,50 +1701,53 @@
     <t>AFN 86.87</t>
   </si>
   <si>
     <t>ZEPAR 10ML SUSPENSION</t>
   </si>
   <si>
     <t>( Albendazole, USP )</t>
   </si>
   <si>
     <t>AFN 9.39</t>
   </si>
   <si>
     <t>ZEPAR 200MG TABLET</t>
   </si>
   <si>
     <t>( Albendazole, USP 200mg )</t>
   </si>
   <si>
     <t>AFN 7.45</t>
   </si>
   <si>
     <t>ZYBON-D TABLETS</t>
   </si>
   <si>
     <t>( Ossein Mineral Complex 830mg Vitamin D 400 IU )</t>
+  </si>
+  <si>
+    <t>AFN 124.95</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFffffff"/>
       <name val="Calibri"/>
@@ -5612,1083 +5618,1083 @@
       </c>
       <c r="G153" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="2">
         <v>153</v>
       </c>
       <c r="B154" t="s">
         <v>438</v>
       </c>
       <c r="C154" t="s">
         <v>439</v>
       </c>
       <c r="D154" t="s">
         <v>9</v>
       </c>
       <c r="E154">
         <v>30</v>
       </c>
       <c r="F154">
         <v>200</v>
       </c>
       <c r="G154" t="s">
-        <v>354</v>
+        <v>440</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="2">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D155" t="s">
         <v>49</v>
       </c>
       <c r="E155">
         <v>30</v>
       </c>
       <c r="F155">
         <v>200</v>
       </c>
       <c r="G155" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" s="2">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C156" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D156" t="s">
         <v>9</v>
       </c>
       <c r="E156">
         <v>4</v>
       </c>
       <c r="F156">
         <v>200</v>
       </c>
       <c r="G156" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" s="2">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C157" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D157" t="s">
         <v>272</v>
       </c>
       <c r="E157">
         <v>1</v>
       </c>
       <c r="F157">
         <v>200</v>
       </c>
       <c r="G157" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="2">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C158" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D158" t="s">
         <v>49</v>
       </c>
       <c r="E158">
         <v>5</v>
       </c>
       <c r="F158">
         <v>200</v>
       </c>
       <c r="G158" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" s="2">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C159" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D159" t="s">
         <v>272</v>
       </c>
       <c r="E159">
         <v>1</v>
       </c>
       <c r="F159">
         <v>200</v>
       </c>
       <c r="G159" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" s="2">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C160" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D160" t="s">
         <v>49</v>
       </c>
       <c r="E160">
         <v>5</v>
       </c>
       <c r="F160">
         <v>200</v>
       </c>
       <c r="G160" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" s="2">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C161" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D161" t="s">
         <v>272</v>
       </c>
       <c r="E161">
         <v>1</v>
       </c>
       <c r="F161">
         <v>200</v>
       </c>
       <c r="G161" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" s="2">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C162" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D162" t="s">
         <v>9</v>
       </c>
       <c r="E162">
         <v>2</v>
       </c>
       <c r="F162">
         <v>100</v>
       </c>
       <c r="G162" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" s="2">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C163" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D163" t="s">
         <v>9</v>
       </c>
       <c r="E163">
         <v>4</v>
       </c>
       <c r="F163">
         <v>200</v>
       </c>
       <c r="G163" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" s="2">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C164" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D164" t="s">
         <v>140</v>
       </c>
       <c r="E164">
         <v>1</v>
       </c>
       <c r="F164">
         <v>200</v>
       </c>
       <c r="G164" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" s="2">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C165" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D165" t="s">
         <v>154</v>
       </c>
       <c r="E165">
         <v>1</v>
       </c>
       <c r="F165">
         <v>100</v>
       </c>
       <c r="G165" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" s="2">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C166" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D166" t="s">
         <v>140</v>
       </c>
       <c r="E166">
         <v>1</v>
       </c>
       <c r="F166">
         <v>200</v>
       </c>
       <c r="G166" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" s="2">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C167" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D167" t="s">
         <v>258</v>
       </c>
       <c r="E167">
         <v>1</v>
       </c>
       <c r="F167">
         <v>200</v>
       </c>
       <c r="G167" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" s="2">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C168" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D168" t="s">
         <v>49</v>
       </c>
       <c r="E168">
         <v>4</v>
       </c>
       <c r="F168">
         <v>200</v>
       </c>
       <c r="G168" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" s="2">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C169" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D169" t="s">
         <v>9</v>
       </c>
       <c r="E169">
         <v>10</v>
       </c>
       <c r="F169">
         <v>200</v>
       </c>
       <c r="G169" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" s="2">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C170" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D170" t="s">
         <v>258</v>
       </c>
       <c r="E170">
         <v>1</v>
       </c>
       <c r="F170">
         <v>200</v>
       </c>
       <c r="G170" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" s="2">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C171" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D171" t="s">
         <v>9</v>
       </c>
       <c r="E171">
         <v>8</v>
       </c>
       <c r="F171">
         <v>200</v>
       </c>
       <c r="G171" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" s="2">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C172" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D172" t="s">
         <v>9</v>
       </c>
       <c r="E172">
         <v>6</v>
       </c>
       <c r="F172">
         <v>200</v>
       </c>
       <c r="G172" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" s="2">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C173" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D173" t="s">
         <v>9</v>
       </c>
       <c r="E173">
         <v>10</v>
       </c>
       <c r="F173">
         <v>200</v>
       </c>
       <c r="G173" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" s="2">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C174" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D174" t="s">
         <v>140</v>
       </c>
       <c r="E174">
         <v>1</v>
       </c>
       <c r="F174">
         <v>200</v>
       </c>
       <c r="G174" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" s="2">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C175" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D175" t="s">
         <v>150</v>
       </c>
       <c r="E175">
         <v>1</v>
       </c>
       <c r="F175">
         <v>200</v>
       </c>
       <c r="G175" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" s="2">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C176" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D176" t="s">
         <v>9</v>
       </c>
       <c r="E176">
         <v>10</v>
       </c>
       <c r="F176">
         <v>200</v>
       </c>
       <c r="G176" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" s="2">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C177" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D177" t="s">
         <v>9</v>
       </c>
       <c r="E177">
         <v>10</v>
       </c>
       <c r="F177">
         <v>200</v>
       </c>
       <c r="G177" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" s="2">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C178" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D178" t="s">
         <v>258</v>
       </c>
       <c r="E178">
         <v>1</v>
       </c>
       <c r="F178">
         <v>100</v>
       </c>
       <c r="G178" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" s="2">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C179" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D179" t="s">
         <v>49</v>
       </c>
       <c r="E179">
         <v>30</v>
       </c>
       <c r="F179">
         <v>200</v>
       </c>
       <c r="G179" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" s="2">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C180" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D180" t="s">
         <v>9</v>
       </c>
       <c r="E180">
         <v>30</v>
       </c>
       <c r="F180">
         <v>480</v>
       </c>
       <c r="G180" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" s="2">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C181" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D181" t="s">
         <v>9</v>
       </c>
       <c r="E181">
         <v>30</v>
       </c>
       <c r="F181">
         <v>480</v>
       </c>
       <c r="G181" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" s="2">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C182" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D182" t="s">
         <v>9</v>
       </c>
       <c r="E182">
         <v>14</v>
       </c>
       <c r="F182">
         <v>300</v>
       </c>
       <c r="G182" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" s="2">
         <v>182</v>
       </c>
       <c r="B183" t="s">
+        <v>516</v>
+      </c>
+      <c r="C183" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
       <c r="D183" t="s">
         <v>9</v>
       </c>
       <c r="E183">
         <v>14</v>
       </c>
       <c r="F183">
         <v>300</v>
       </c>
       <c r="G183" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" s="2">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C184" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D184" t="s">
         <v>49</v>
       </c>
       <c r="E184">
         <v>14</v>
       </c>
       <c r="F184">
         <v>200</v>
       </c>
       <c r="G184" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" s="2">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C185" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D185" t="s">
         <v>49</v>
       </c>
       <c r="E185">
         <v>14</v>
       </c>
       <c r="F185">
         <v>200</v>
       </c>
       <c r="G185" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" s="2">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C186" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D186" t="s">
         <v>67</v>
       </c>
       <c r="E186">
         <v>1</v>
       </c>
       <c r="F186">
         <v>200</v>
       </c>
       <c r="G186" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" s="2">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C187" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D187" t="s">
         <v>9</v>
       </c>
       <c r="E187">
         <v>100</v>
       </c>
       <c r="F187">
         <v>200</v>
       </c>
       <c r="G187" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" s="2">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C188" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D188" t="s">
         <v>9</v>
       </c>
       <c r="E188">
         <v>100</v>
       </c>
       <c r="F188">
         <v>200</v>
       </c>
       <c r="G188" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" s="2">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C189" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D189" t="s">
         <v>9</v>
       </c>
       <c r="E189">
         <v>100</v>
       </c>
       <c r="F189">
         <v>200</v>
       </c>
       <c r="G189" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" s="2">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C190" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D190" t="s">
         <v>9</v>
       </c>
       <c r="E190">
         <v>10</v>
       </c>
       <c r="F190">
         <v>300</v>
       </c>
       <c r="G190" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" s="2">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C191" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D191" t="s">
         <v>9</v>
       </c>
       <c r="E191">
         <v>10</v>
       </c>
       <c r="F191">
         <v>300</v>
       </c>
       <c r="G191" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="2">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C192" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D192" t="s">
         <v>9</v>
       </c>
       <c r="E192">
         <v>10</v>
       </c>
       <c r="F192">
         <v>300</v>
       </c>
       <c r="G192" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" s="2">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C193" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D193" t="s">
         <v>67</v>
       </c>
       <c r="E193">
         <v>1</v>
       </c>
       <c r="F193">
         <v>200</v>
       </c>
       <c r="G193" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" s="2">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C194" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D194" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="E194">
         <v>1</v>
       </c>
       <c r="F194">
         <v>100</v>
       </c>
       <c r="G194" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" s="2">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C195" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D195" t="s">
         <v>9</v>
       </c>
       <c r="E195">
         <v>10</v>
       </c>
       <c r="F195">
         <v>200</v>
       </c>
       <c r="G195" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="2">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C196" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D196" t="s">
         <v>9</v>
       </c>
       <c r="E196">
         <v>30</v>
       </c>
       <c r="F196">
         <v>200</v>
       </c>
       <c r="G196" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="2">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C197" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D197" t="s">
         <v>272</v>
       </c>
       <c r="E197">
         <v>1</v>
       </c>
       <c r="F197">
         <v>100</v>
       </c>
       <c r="G197" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="2">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C198" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D198" t="s">
         <v>9</v>
       </c>
       <c r="E198">
         <v>2</v>
       </c>
       <c r="F198">
         <v>200</v>
       </c>
       <c r="G198" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="2">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C199" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D199" t="s">
         <v>9</v>
       </c>
       <c r="E199">
         <v>30</v>
       </c>
       <c r="F199">
         <v>200</v>
       </c>
       <c r="G199" t="s">
-        <v>28</v>
+        <v>563</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>